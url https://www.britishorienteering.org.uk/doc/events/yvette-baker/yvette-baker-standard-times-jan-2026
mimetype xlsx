--- v0 (2025-12-05)
+++ v1 (2026-01-31)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/2d1f2d4d7ac773b8/Ma/SUSAN/RULES/YB/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="889" documentId="8_{5969F983-DD07-4D89-BF1A-E4FE40B0DB15}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{DBDE54FF-A32E-4ABA-A0CE-FC00993C1012}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{E3349FD6-DF8D-4854-B2B8-B8911803ED7A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" tabRatio="697" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="gold times for 2015" sheetId="6" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="8" r:id="rId2"/>
     <sheet name="Sheet1" sheetId="7" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -1457,69 +1457,69 @@
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="17" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="17" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
@@ -1795,55 +1795,55 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:DO251"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="5520" ySplit="1155" topLeftCell="B239" activePane="bottomRight"/>
+      <pane xSplit="5520" ySplit="1155" topLeftCell="D75" activePane="bottomRight"/>
       <selection sqref="A1:XFD1048576"/>
-      <selection pane="topRight" activeCell="AJ1" sqref="AJ1:AJ1048576"/>
-[...1 lines deleted...]
-      <selection pane="bottomRight" activeCell="C254" sqref="C254"/>
+      <selection pane="topRight" activeCell="AE1" sqref="AE1:AL1048576"/>
+      <selection pane="bottomLeft" activeCell="A80" sqref="A80:XFD80"/>
+      <selection pane="bottomRight" activeCell="H87" sqref="H87:H91"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.28515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="20.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="1.85546875" style="1" customWidth="1"/>
     <col min="7" max="8" width="6.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="7.42578125" style="2" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="7.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="2.140625" style="2" customWidth="1"/>
     <col min="12" max="12" width="9.28515625" style="2" bestFit="1" customWidth="1"/>
     <col min="13" max="14" width="9.28515625" style="2" hidden="1" customWidth="1"/>
     <col min="15" max="21" width="4.7109375" style="2" hidden="1" customWidth="1"/>
     <col min="22" max="22" width="9.28515625" style="2" hidden="1" customWidth="1"/>
     <col min="23" max="29" width="4.7109375" style="2" hidden="1" customWidth="1"/>
     <col min="30" max="30" width="4.7109375" style="2" customWidth="1"/>
     <col min="31" max="31" width="7.5703125" style="2" customWidth="1"/>
     <col min="32" max="38" width="4.7109375" style="2" customWidth="1"/>
     <col min="39" max="39" width="7.42578125" style="2" customWidth="1"/>
     <col min="40" max="46" width="4.7109375" style="2" customWidth="1"/>
     <col min="47" max="47" width="9.5703125" style="2" customWidth="1"/>
@@ -5644,165 +5644,165 @@
       </c>
       <c r="AF87" s="2" t="s">
         <v>58</v>
       </c>
       <c r="BQ87" s="2" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="88" spans="1:69" x14ac:dyDescent="0.25">
       <c r="A88" s="1" t="s">
         <v>268</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>269</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D88" s="1">
         <v>2011</v>
       </c>
       <c r="G88" s="2" t="s">
         <v>52</v>
       </c>
       <c r="H88" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I88" s="2" t="s">
         <v>53</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>53</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>369</v>
       </c>
       <c r="AH88" s="2" t="s">
         <v>58</v>
       </c>
       <c r="AR88" s="2" t="s">
         <v>58</v>
       </c>
       <c r="AU88" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="89" spans="1:69" x14ac:dyDescent="0.25">
       <c r="A89" s="1" t="s">
         <v>164</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>165</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>107</v>
       </c>
       <c r="D89" s="1">
         <v>2011</v>
       </c>
       <c r="G89" s="2" t="s">
         <v>52</v>
       </c>
       <c r="H89" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I89" s="2" t="s">
         <v>53</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>53</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>369</v>
       </c>
       <c r="AH89" s="2" t="s">
         <v>58</v>
       </c>
       <c r="AW89" s="2" t="s">
         <v>0</v>
       </c>
       <c r="AX89" s="2" t="s">
         <v>0</v>
       </c>
       <c r="BQ89" s="2" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="90" spans="1:69" x14ac:dyDescent="0.25">
       <c r="A90" s="1" t="s">
         <v>181</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>182</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>183</v>
       </c>
       <c r="D90" s="1">
         <v>2011</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>52</v>
       </c>
       <c r="H90" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I90" s="2" t="s">
         <v>53</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>53</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>369</v>
       </c>
       <c r="AG90" s="2" t="s">
         <v>58</v>
       </c>
       <c r="BO90" s="2" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="91" spans="1:69" x14ac:dyDescent="0.25">
       <c r="A91" s="1" t="s">
         <v>67</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>180</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D91" s="1">
         <v>2011</v>
       </c>
       <c r="G91" s="2" t="s">
         <v>52</v>
       </c>
       <c r="H91" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I91" s="2" t="s">
         <v>53</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>53</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>369</v>
       </c>
       <c r="AG91" s="2" t="s">
         <v>58</v>
       </c>
       <c r="AH91" s="2" t="s">
         <v>58</v>
       </c>
       <c r="AI91" s="2" t="s">
         <v>58</v>
       </c>
       <c r="AV91" s="2" t="s">
         <v>0</v>
       </c>
       <c r="AY91" s="2" t="s">
         <v>0</v>
       </c>